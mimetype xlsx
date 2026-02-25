--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -16,51 +16,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Бальзам "Рахмат" безалкогольный, 240 мл</t>
   </si>
   <si>
     <t>Башкирский мед и травы в сочетании с семенами черного тмина, входящие в состав Бальзама в народной медицине рекомендуются для профилактики респираторно-вирусных и простудных заболеваний. Оказывают иммуностимулирующее, общетонизирующее, общеукрепляющее действие, повышают работоспособность, защитные силы организма, снижают утомляемость, улучшают обмен веществ, таким образом омолаживая организм.Ежедневное потребление с небольшим количеством меда трех граммов семян черного тмина позволяет избавиться от проблем с памятью, улучшить работу мозга, состояние кожи, придаст лицу здоровый вид.</t>
   </si>
   <si>
     <t>Бальзам "Свияжск" безалкогольный, 240 мл</t>
   </si>
   <si>
@@ -75,92 +75,68 @@
   <si>
     <t>Бальзам "Халяль Зам Зам" безалкогольный, 240 мл</t>
   </si>
   <si>
     <t>Активные вещества трав, входящие в состав бальзама, защищают от стрессов, повышают работоспособность, улучшают внимание, память, укрепляют стенки сосудов, предотвращают образование тромбов.</t>
   </si>
   <si>
     <t>Баурсак Домашний, 150гр</t>
   </si>
   <si>
     <t>Произведено в Татарстане. Баурсак "Домашний" - это лакомство, которое не оставит равнодушным ни одного любителя сладостей. Этот баурсак отличается особенным домашним вкусом, который можно описать словами "нежный", "сочный" и "ароматный". Баурсак приготовлен по старинному рецепту, передаваемому из поколения в поколение, что придает ему особую ценность и уникальность.Что отличает этот баурсак от других кондитерских изделий? Прежде всего, его текстура. Баурсак "Домашний" имеет нежный и воздушный центр, который тает во рту, оставляя незабываемое послевкусие.</t>
   </si>
   <si>
     <t>Баурсак Домашний, 250гр</t>
   </si>
   <si>
     <t>Нежная восточная сладость, изготовленная по татарскому национальному рецепту.</t>
   </si>
   <si>
     <t>Баурсак Домашний, 400гр</t>
   </si>
   <si>
     <t>Баурсак, 400 гр - это изысканное кондитерское изделие, которое отличается своим неповторимым вкусом и ароматом. Оно представляет собой пышное и воздушное печенье, приготовленное из высококачественной пшеничной муки. Баурсаки имеют форму небольших узлов, которые придают им особый шарм и узнаваемость.Каждый баурсак тщательно выпекается до золотистой корочки, что придает ему аппетитный внешний вид и хрустящую текстуру. Они идеально подходят для чаепития или в качестве десерта к кофе.Это вкусное лакомство придется по вкусу как детям, так и взрослым.</t>
   </si>
   <si>
-    <t>Варенье из Сосновых шишек с Апельсином, 3 шт. по 30 г</t>
-[...10 lines deleted...]
-  <si>
     <t>Восточный десерт, 240г, Вкуснотеев</t>
   </si>
   <si>
     <t>Уникальная возможность попробовать все и сразу! Три вида национального десерта в экономичной мини-упаковке.</t>
   </si>
   <si>
     <t>Деревянные сани (идея для подарка) 30*15*15см</t>
   </si>
   <si>
     <t>Не скучай за столом! Встречай Новый год весело!</t>
   </si>
   <si>
-    <t>Джем Абрикосовый, 30 г</t>
-[...4 lines deleted...]
-  <si>
     <t>Джиганат, 240гр, постный продукт</t>
   </si>
   <si>
     <t>Натуральные финики и орехи, входящие в состав этого десерта, придадут силы в Пост, а еще это безумно вкусно!</t>
   </si>
   <si>
-    <t>Клёцки по-домашнему, "Кэмми" фисташка, Казахстан, 300 г</t>
-[...4 lines deleted...]
-  <si>
     <t>Конфеты глазированные ассорти, 200гр</t>
   </si>
   <si>
     <t>Набор конфет ассорти вкусов от казанского производителя, станет приятным подарком для близких, отличным сувениром из Казани и вкусным дополнением к чаепитию.</t>
   </si>
   <si>
     <t>Конфеты глазированные ассорти, 300гр</t>
   </si>
   <si>
     <t>Конфеты глазированные ассорти, 500гр</t>
   </si>
   <si>
     <t>Набор вкуснейших конфет в шоколадной глазури - это рецепт идеального чаепития! Экономичная упаковка приятно порадует Вас своей ценой!</t>
   </si>
   <si>
     <t>Конфеты Грильяж восточный, 170гр</t>
   </si>
   <si>
     <t>Восточная сладость из застывшего сахаро-паточного сиропа с измельчёнными орехами.</t>
   </si>
   <si>
     <t>Конфеты Жемчужина Казани в белой и шоколадной глазури, 300гр</t>
   </si>
   <si>
     <t>Нежная, мягкая и воздушная кокосовая масса в сочетании со сливочным вкусомСостав: глазурь кондитерская, кремовая начинка с кокосовой стружкойИстинная жемчужина чаепития!</t>
@@ -180,98 +156,71 @@
   <si>
     <t>Лапша домашняя любительская, 130гр (Бахетле)</t>
   </si>
   <si>
     <t>Вкусная домашняя яичная лапша, приготовленная по традиционному рецепту. Не разваривается при готовке.</t>
   </si>
   <si>
     <t>Лапша домашняя любительская, 400гр (Бахетле)</t>
   </si>
   <si>
     <t>Традиционный татарский продукт, приготовленный по рецепту прошлых поколений — вручную, из отборных натуральных яиц и муки высшего сорта, без искусственных добавок.</t>
   </si>
   <si>
     <t>Лапша домашняя яичная, 130 гр. (Казанский хлебозавод №3)</t>
   </si>
   <si>
     <t>Лапша домашняя яичная, 200 гр. (Казанский хлебозавод №3)</t>
   </si>
   <si>
     <t>Лапша домашняя яичная, 300 гр. (Казанский хлебозавод №3)</t>
   </si>
   <si>
     <t>Лапша домашняя яичная, 400 гр. (Казанский хлебозавод №3)</t>
   </si>
   <si>
-    <t>Лапша особо тонкая бесбармачная, 250 гр, (Кэмми)</t>
-[...13 lines deleted...]
-  <si>
     <t>Макароны Детские "Мир Джунглей", Кэмми Казахстан, 250 гр постный продукт</t>
   </si>
   <si>
     <t>Макароны из твердых сортов пшеницы, в виде забавных зверюшек порадуют детей как видом, так и вкусом.</t>
   </si>
   <si>
-    <t>Мёд Цветочный, 30 г</t>
-[...4 lines deleted...]
-  <si>
     <t>Мыло Очпочмак сувенирное, 45гр</t>
   </si>
   <si>
     <t>Оригинальное мыло в виде татарского национального пирожка - очпочмак.</t>
   </si>
   <si>
     <t>Мыло Тюбетейка сувенирное, 45гр</t>
   </si>
   <si>
     <t>Оригинальное сувенирное мыло в виде татарского национального головного убора - тюбетейка.</t>
   </si>
   <si>
     <t>Набор игр для новогоднего вечера</t>
   </si>
   <si>
-    <t>Набор Чак - чак "Сердце", 350 гр (Казанский хлебозавод №3)</t>
-[...4 lines deleted...]
-  <si>
     <t>Натх медовый, 200гр, постный продукт</t>
   </si>
   <si>
     <t>Восточная сладость из обжаренного теста с орехами и медом. Нежный и рассыпчатый натх. Лучший подарок, чтобы удивить любого гурмана.НАТХ МЕДОВЫЙ - это уникальный постный продукт, который станет отличным выбором для любителей лакомств. Этот сладкий деликатес создан на основе традиционного рецепта, который передан из поколения в поколение. Идеально подходит для тех, кто соблюдает пост или придерживается веганского рациона, но не желает отказывать себе в сладком.Каждая упаковка содержит 200 граммов нежного и ароматного чак-чака, пропитанного медовой сладостью. Продукт отличается великолепным вкусом и текстурой, которая приятно хрустит и тает во рту. НАТХ МЕДОВЫЙ прекрасно комбинируется с чаем или кофе, делая каждое чаепитие более насыщенным и приятным.Этот чак-чак прекрасно подойдет как для домашнего угощения, так и для праздников, где хочется удивить гостей новым и оригинальным десертом. НАТХ МЕДОВЫЙ – это не просто сладость, это настоящее произведение кулинарного искусства, в котором сочетаются традиции и качественные ингредиенты.Попробуйте НАТХ МЕДОВЫЙ и наслаждайтесь его богатым вкусом, который отлично подходит не только для сладкоежек, но и для всех, кто ценит натуральные и постные продукты.</t>
   </si>
   <si>
     <t>Натх медовый, 350гр, постный продукт</t>
   </si>
   <si>
     <t>Восточная сладость натх – настоящая экзотика в нашей стране. Своими корнями она уходит в Индию. Делается это лакомство из муки, масла, меда, орехов. Похоже на нежное печенье. Если вы хотите удивить близких чем-то необычным, закажите им сладость натх. Купить ее можно в нашем магазине с доставкой в любой город.Натх медовый - это идеальный постный продукт для тех, кто ценит сладости без ограничений. Его уникальный состав и текстура делают эту сладость незаменимой в вашем рационе. Этот чак-чак с медом — отличный выбор для вегетарианцев и всех, кто соблюдает пост.Каждая упаковка весом 350 граммов предлагает вам настоящий рай для сладкоежек. Натх медовый не только вкусный, но и натуральный, что делает его прекрасным дополнением к утреннему чаю или кофе. Вы можете наслаждаться им в любое время дня, делая ваши перекусы более яркими и насыщенными.Этот продукт легко поделить на порции, что удобно для семейного чаепития или для угощения гостей. Благодаря своей идеальной формуле, Натх медовый отлично сочетает в себе хрустящую и мягкую текстуру, а также насыщенный медовый вкус, который порадует даже самых привередливых гурманов.Не упустите возможность порадовать себя и своих близких этой сладостью. Натх медовый — это не просто лакомство, это источник радости и наслаждения в каждом кусочке. Подарите себе и своим близким моменты счастья с этой вкусной сладостью, которая станет прекрасным завершением любого дня.</t>
   </si>
   <si>
     <t>Натх медовый, 380 гр постный продукт</t>
   </si>
   <si>
     <t>Натх в подарочной упаковке станет отличным презентом для близких и приятным знаком внимания для коллег.Натх — это отличный постный продукт, который станет прекрасным добавлением к вашему рациону. Упаковка содержит 380 граммов этого вкусного лакомства, созданного из натуральных ингредиентов. Чак-чак — это традиционное сладкое блюдо, популярное в восточной кухне, которое отлично подойдет как для праздничного стола, так и для повседневного употребления.Этот постный продукт порадует вас своей хрустящей текстурой и удивительным вкусом. Натх изготавливается без добавления животных жиров и искусственных консервантов, что делает его не только вкусным, но и более полезным вариантом для тех, кто придерживается вегетарианской или постной диеты. Он прекрасно подходит для угощения гостей и станет отличным десертом к чаю или кофе.Натх можно использовать как самостоятельное блюдо или добавлять в различные десерты и сладости. Его можно подавать на праздничные мероприятия, угощать друзей и близких или просто наслаждаться в любое время. Приготовленный с любовью, этот постный продукт сохраняет все свои полезные качества и дарит радость каждому, кто его попробует.Попробуйте Натх и убедитесь, что постное может быть не только полезным, но и очень вкусным! Этот продукт отлично сочетает в себе традиции и современные тенденции здорового питания. Вы можете добавлять его в свои любимые блюда или просто есть как угощение. Обратите внимание на уникальный вкус и аромат, который не оставит равнодушными даже самых требовательных гурманов. Наслаждайтесь натуральным лакомством, не беспокоясь о составе и качестве.</t>
   </si>
   <si>
     <t>Натх медовый, 500 гр постный продукт</t>
   </si>
   <si>
     <t>Индийская сладость, приготовленная без использования яиц, посыпана крошкой обжаренного ореха. В меру сладкая. В удобной сувенирной коробке.Представляем вашему вниманию натх медовый в упаковке 500 грамм — уникальный постный продукт, который станет отличным дополнением к вашему рациону. Этот изысканный медовый десерт идеально подходит для любителей сладкого и тех, кто соблюдает пост, так как не содержит животных компонентов.Натх медовый обладает нежной текстурой и насыщенным вкусом натурального меда, что делает его отличным выбором как для самостоятельного поедания, так и для использования в качестве ингредиента в различных кондитерских изделиях. Он прекрасно подходит для приготовления чак-чака — традиционного восточного десерта, который станет настоящим украшением вашего стола.Сладость натха сделает ваши чаепития более приятными, а также станет отличным компаньоном для различных закусок. Используйте его в смузи, кашах, оладьях или просто намазывайте на хлеб — универсальность этого продукта не оставит равнодушными даже самых взыскательных сладкоежек.Натх медовый — это не только вкусно, но и полезно. Он наполнен природными витаминами и минералами, что делает его отличным выбором для поддержания активного образа жизни. Этот продукт не содержит искусственных добавок и консервантов, что гарантирует его натуральность и высокое качество.Каждая упаковка весом 500 грамм удобна в использовании и станет отличным решением для хранения. Не упустите шанс поб spoil себя и своих близких этим удивительным сладким лакомством.</t>
   </si>
   <si>
     <t>Натх медовый, 70гр, постный продукт</t>
@@ -306,56 +255,50 @@
   <si>
     <t>Пахлава ассорти, 250гр</t>
   </si>
   <si>
     <t>Сочная и ароматная пахлава ассорти вкусов - восточное угощение для вашего чаепития!</t>
   </si>
   <si>
     <t>Пахлава ассорти, 400гр</t>
   </si>
   <si>
     <t>Пахлава гнездо, 200гр</t>
   </si>
   <si>
     <t>Сочная и ароматная пахлава "гнезда"- восточное угощение для вашего чаепития!</t>
   </si>
   <si>
     <t>РАХАТ ЛУКУМ "Восточный Дастархан" 500гр постный продукт</t>
   </si>
   <si>
     <t>Набор вкуснейшего рахат-лукума специально для восточного чаепития!обалуйте себя деликатесом из восточной кухни – рахат-лукумом "Восточный Дастархан". Этот постный продукт не только порадует вас своим неповторимым вкусом, но и станет отличным дополнением к вашему завтраку или снэку в течение дня. Порция весом 500 г обеспечит вам достаточное количество этого лакомства для приятного времяпрепровождения.Рахат-лукум изготовлен из качественных ингредиентов и обладает насыщенным вкусом. Кокосовая стружка создает уникальную текстуру и добавляет свежести, а арахис придаёт изысканности и хрустящести. Это идеальный выбор для тех, кто ищет натуральные и здоровые сладости, а также для любителей восточной кухни.Сладкие кубики рахат-лукума отлично подойдут для угощения гостей, а также для сладкого перекуса в любое время дня. Они могут быть использованы как украшение для десертов или как самостоятельное угощение. Благодаря своему разнообразному вкусу и оригинальному оформлению, этот продукт станет ярким акцентом на любом столе.Добавьте рахат-лукум "Восточный Дастархан" в свою корзину и окунитесь в атмосферу восточных традиций, наслаждаясь насыщенным вкусом и невероятной текстурой.</t>
   </si>
   <si>
     <t>Сахар САДАКА 130гр</t>
   </si>
   <si>
-    <t>Суджика, 200гр</t>
-[...4 lines deleted...]
-  <si>
     <t>Талкыш калеве, 140гр - t режим. Отправку в города приостановили до ноября.</t>
   </si>
   <si>
     <t>Национальная татарская сладость Талкыш-калеве - медовые рассыпчатые пирамидки, тающие во рту!Особый температурный режим хранения от +5С до -15С предполагает хранение в холодильнике, в связи с чем доставка по России временно не осуществляется в теплое время года (до октября). Но вы можете купить талкыш-калеве с нашего склада в Казани или заказать экспресс-доставку в спец-упаковке.Сладости, похожие на талкыш-калеве:http://xn--80atlaa9c8b.xn--p1ai/search?search=%D0%BF%D0%B8%D1%88%D0%BC%D0%B0%D0%BD%D0%B8%D0%B5</t>
   </si>
   <si>
     <t>Талкыш калеве, 70гр - t режим. Отправку в города приостановили до ноября.</t>
   </si>
   <si>
     <t>Татарская национальная сладость. Нежное, тающее во рту, лакомство.В упаковке 6 пирамидок талкыш калеве.Цвет декоративной ленты может отличаться от заявленного изображения.</t>
   </si>
   <si>
     <t>Фундук в Меду, 250 гр</t>
   </si>
   <si>
     <t>Произведено в Татарстане. Фундук в меду - это отличный выбор для любителей натуральных сладостей и здорового питания. Этот продукт не только вкусен, но и полезен: он богат витаминами, минералами и антиоксидантами.Кроме того, фундук в меду станет прекрасным дополнением к завтраку. Добавьте его в овсянку, йогурт или мюсли. Этот продукт удачно сочетает в себе незаменимые жирные кислоты, белки и клетчатку, что делает его отличным выбором для тех, кто следит за своим здоровьем.Фундук в меду также может быть отличным подарком для друзей и близких, особенно для тех, кто ценит натуральные продукты и здоровый образ жизни. Упаковка удобно закрывается, гарантируя свежесть и сохранность вкусовых качеств.</t>
   </si>
   <si>
     <t>Хворост Царский, 300 г</t>
   </si>
   <si>
     <t>Настоящее удовольствие для истинных сладкоежек. Хрустящий хворост с тянущимся медом, посыпанный орешками , ооочень вкусный.</t>
   </si>
   <si>
     <t>Хворост Царский, 500 гр</t>
@@ -453,62 +396,50 @@
   <si>
     <t>Этот изысканный черный чай выращивается на высокогорных плантациях, где чистый горный воздух и уникальная почва придают ему неповторимый вкус и аромат. Чайные листья собирают вручную, обеспечивая высокое качество сырья, которое затем проходит бережную обработку, сохраняя максимум полезных веществ и вкуса.- Богатый вкус: Вкус чая "Нури" характеризуется мягкими нотками карамели, легкими цветочными оттенками и долгим послевкусием.- Натуральный состав: Чай содержит только натуральные ингредиенты, без добавок и ароматизаторов.- Польза для здоровья: Черный чай богат антиоксидантами, которые помогают бороться со свободными радикалами и поддерживать иммунитет. Он также улучшает пищеварение и стимулирует умственную активность.Рекомендации по завариванию:Для идеального вкуса рекомендуется заваривать чай "Нури" горячей водой температурой около 90°C. Опустите одну чайную ложку чая на чашку воды и дайте настояться 3-5 минут. Время настаивания можно регулировать в зависимости от предпочтений: более длительное настаивание придаст чаю большую крепость и насыщенность.Упаковка:Чай упакован в герметичную упаковку весом 100 грамм, что позволяет сохранить свежесть и аромат чая до момента употребления.Подарите себе и своим близким удовольствие от чашки высококачественного черного чая "Нури". Этот чай станет отличным выбором для утреннего бодрствования, дневного отдыха или вечернего расслабления.</t>
   </si>
   <si>
     <t>Чай черный "Рахмат" с чабрецом 80</t>
   </si>
   <si>
     <t>Чай черный "Рахмат" с чабрецом – это отличный выбор для истинных ценителей ароматного напитка. Упаковка 80 г идеально подходит как для домашнего использования, так и для того, чтобы взять с собой в поездку или на пикник. Этот чай сочетает в себе насыщенный вкус черного чая и нежный аромат чабреца, что делает его уникальным и запоминающимся.Чабрец, также известный как тимьян, добавляет не только освежающий аромат, но и полезные свойства, ведь он известен своими целебными качествами. Напиток прекрасно согревает в холодное время года и помогает расслабиться после длительного дня. Благодаря сбалансированному вкусу и натуральным ингредиентам, данный чай станет отличным спутником как в кругу друзей, так и в одиночестве, позволив насладиться моментом.Приготовление чая "Рахмат" с чабрецом не требует особых усилий. Просто залейте горячей водой чайные листья и дайте настояться несколько минут. Вы получите насыщенный и ароматный напиток, который подарит приятные эмоции и зарядит энергией на весь день. Этот чай также можно использовать в сочетании с медом или лимоном для разнообразия во вкусе.Выбирайте "Рахмат" с чабрецом для своего чайного ритуала и наслаждайтесь гармонией вкуса, которая обеспечит каждый глоток. Качество и натуральность этого продукта гарантируют удовольствие от чаепития и принесут радость вам и вашим близким.</t>
   </si>
   <si>
     <t>Чай черный "Татарский" с травами 80г</t>
   </si>
   <si>
     <t>Представляем вам черный чай "Татарский" с травами, который несомненно порадует истинных ценителей ароматных и освежающих напитков. Этот чай – отличный выбор для тех, кто ищет сочетание традиционного вкуса черного чая с полезными свойствами трав. В упаковке объемом 80 граммов содержится высококачественный чайный лист, который собирается из отборных сортов, обеспечивая насыщенный и глубокий вкус.Чай "Татарский" станет идеальным спутником для уютного вечера или утреннего чаепития. Его уникальный состав обогащен экстрактами трав, что придает напитку особую пикантность и аромат. Эти травы не только усиливают вкус, но и благодаря своим свойствам способствуют улучшению общего состояния организма.Приготовление черного чая "Татарский" происходит легко и быстро. Достаточно залить пару ложек насипного чая кипятком и настоять всего несколько минут. Вы получите крепкий и ароматный напиток, который прекрасно подходит как для чистого употребления, так и для добавления различной сладости или молока по вкусу.Этот чай не только утоляет жажду, но и приносит удовольствие в каждом глотке. Попробуйте "Татарский" черный чай с травами и откройте для себя новый уровень наслаждения от классического напитка. Он идеально подходит для угощения гостей или для расслабляющих моментов в кругу семьи.Добавьте черный чай "Татарский" с травами в свой рацион и насладитесь его целебными свойствами и насыщенным вкусом прямо сейчас.</t>
   </si>
   <si>
     <t>Чай черный "Той" (белая юрта), 30 гр</t>
   </si>
   <si>
     <t>Этот уникальный чай станет настоящим украшением вашего стола! Упаковка выполнена в форме традиционной монгольской юрты, что придает ей особый колорит и очарование. Такой чай станет отличным подарком для любителей чая и ценителей оригинальных сувениров.Описание продуктаЧай черный гранулированный — это классический напиток, который славится своим насыщенным вкусом и ароматом. Гранулы сохраняют все полезные свойства чайного листа, обеспечивая глубокий вкус и яркий аромат. Этот чай идеально подходит для утреннего бодрствования и вечернего расслабления.Преимущества- Натуральный состав: изготовлен из высококачественного черного чая без добавок и консервантов.- Удобная упаковка: компактная и оригинальная форма юрты позволяет легко хранить и транспортировать продукт.- Подарочный вариант: благодаря необычному дизайну, этот чай станет замечательным подарком для друзей, коллег или близких.Как завариватьДля приготовления идеального напитка достаточно залить одну чайную ложку чая кипятком и настоять 3-5 минут. Полученный настой можно пить как горячим, так и охлажденным, добавляя сахар, мед или лимон по вкусу.Особенности упаковкиУпаковка в виде юрты изготовлена из плотного картона, что обеспечивает надежную защиту содержимого от внешних воздействий. Яркий дизайн привлекает внимание и делает упаковку заметной среди других товаров.Идеально для- Любителей качественного чая.- Коллекционеров и ценителей необычных подарков.- Гостей и туристов, ищущих оригинальные сувениры.Добавьте немного восточного колорита в вашу жизнь с нашим чаем в упаковке в виде юрты</t>
   </si>
   <si>
     <t>Чай черный "Той" в ассортименте юрта 50 г</t>
   </si>
   <si>
-    <t>Чай черный "Хаер", 70 г</t>
-[...10 lines deleted...]
-  <si>
     <t>Чай черный "Энрич" Рахат чай Кул Шариф 100г</t>
   </si>
   <si>
     <t>Этот классический черный чай обладает насыщенным вкусом и ароматом, который подарит вам истинное удовольствие от каждой чашки. Чай изготовлен из высококачественного индийского сырья, что обеспечивает глубокий вкус и яркий аромат. Крупнолистовая структура чая позволяет раскрыть весь букет вкуса и аромата при заваривании.Особенности продукта:- Происхождение: Индия — страна с богатыми традициями выращивания чая, известная своими высокогорными плантациями.- Состав: 100% натуральный черный чай без добавок и ароматизаторов.- Вес: 100 грамм — оптимальное количество для регулярного употребления.- Упаковка: герметичная, сохраняющая свежесть и аромат чая.Как заваривать:Для приготовления идеального напитка рекомендуется использовать воду температурой около 90–95°C. Заваривайте чай в течение 3–5 минут, чтобы получить насыщенный вкус и аромат. Для одной чашки достаточно 1 чайной ложки чая.Преимущества:- Натуральный продукт без искусственных добавок.- Высокое качество сырья.- Идеально подходит для утреннего бодрствования и вечернего расслабления.- Удобная упаковка для длительного хранения.Чай черный Энрич Традиционный станет отличным выбором для тех, кто ценит качественный чай и предпочитает классические вкусы. Попробуйте этот чай и наслаждайтесь каждым глотком!Добавьте в свою коллекцию этот великолепный чай и открывайте для себя новые грани вкуса каждый день!</t>
   </si>
   <si>
     <t>Чай черный "Энрич" традиционный 100г</t>
   </si>
   <si>
     <t>Чай черный Имбирный с Куркумой и Лимоном, в пакетиках, 45 г</t>
   </si>
   <si>
     <t>Иммунный чай. Натуральный экстракт меда и лимон придают напитку приятный аромат, вкус, наполняют витаминами и микроэлементами.</t>
   </si>
   <si>
     <t>Чай черный с травами Байрам Премиум, 70гр.</t>
   </si>
   <si>
     <t>Чай Байрам"-это абсолютно натуральный продукт.</t>
   </si>
   <si>
     <t>Чай черный с травами Казанский Премиум, 70гр</t>
   </si>
   <si>
     <t>Чай чёрный с травами По-татарски Премиум, 70гр</t>
@@ -516,68 +447,71 @@
   <si>
     <t>Чай чёрный с травами Сабантуй Премиум, 70гр</t>
   </si>
   <si>
     <t>Чай черный с травами Ханский Премиум, 70гр</t>
   </si>
   <si>
     <t>ЧАК ЧАК "ПОЗДРАВЛЯЕМ!", 460 гр (Каз. хлебозавод №3)</t>
   </si>
   <si>
     <t>Настоящий татарский чак-чак от одного из лучших производителей в г. Казань. Эта сладость в красивой упаковке станет отличным подарком для любого повода.УТОЧНЯЙТЕ НАЛИЧИЕ ДАННОГО ТОВАРА! (В связи с туристическим сезоном может отсутствовать)</t>
   </si>
   <si>
     <t>Чак чак "Поздравляем №2" 460г казанкский х/з№3</t>
   </si>
   <si>
     <t>.Набор "Чак чак" от Казанского хлебозавода — восточное лакомство в яркой подарочной упаковке!Этот сладкий набор станет идеальным подарком к любому празднику. В одной коробке собраны четыре вида вкуснейшего чак чака: классический, с кунжутом, с воздушным рисом и глазированный. Каждый вид отличается своим неповторимым вкусом и ароматом, что делает этот продукт настоящим гастрономическим шедевром татарской кухни.Особенности набора:- Классический чак чак — традиционная восточная сладость, приготовленная по старинному рецепту. Нежный и рассыпчатый, он подарит вам истинное удовольствие.- Чак чак с кунжутом — добавление кунжута придает лакомству легкую ореховую нотку и приятный хруст.- Чак чак с воздушным рисом — воздушные рисовые шарики делают эту версию особенно легкой и воздушной.- Глазированный чак чак — покрытый тонкой глазурью, он имеет гладкую поверхность и насыщенный вкус.Все виды чак чака упакованы в яркую коробку весом 460 грамм, что делает их отличным вариантом для подарка или угощения гостей. Этот набор прекрасно подойдет как для домашнего десерта, так и в качестве гостинцев из Казани.Почему стоит выбрать именно этот набор?- Качество. Продукт изготовлен Казанским хлебозаводом, известным своими традициями и высоким качеством продукции.- Разнообразие вкусов. Четыре вида чак чака позволят каждому найти что-то по душе.- Прекрасный подарок. Яркая подарочная упаковка делает этот набор идеальным выбором для любого праздника.- Традиционный рецепт. Все виды чак чака готовятся по традиционным рецептам татарской кухни.Не упустите возможность попробовать и подарить своим близким настоящее восточное лакомство!</t>
   </si>
   <si>
     <t>Чак чак в коробке «книжка», 200гр. (Казанский хлебозавод №3)</t>
   </si>
   <si>
     <t>Традиционный татарский чак-чак с медом в подарочной упаковке. Лучший сувенир из Казани в национальной упаковке! Понравится всем. Мягкий и нежный вкус.УТОЧНЯЙТЕ НАЛИЧИЕ ДАННОГО ТОВАРА! (В связи с туристическим сезоном может отсутствовать)</t>
   </si>
   <si>
+    <t>Чак чак от Гульчачак 45гр (Тамле)</t>
+  </si>
+  <si>
+    <t>ЧАК ЧАК ТАТАРСКИЙ - ШАРИКИ, 300гр. (Бахетле)</t>
+  </si>
+  <si>
+    <t>Самый вкусный чак-чак могут готовить только там, где хранятся и соблюдаются все традиции, связанные с этим национальным татарским блюдом. Немало туристов и местных жителей признается – самый вкусный чак-чак в Казани. Его приготовление имеет немало тонкостей, о которых могут знать только те, для кого это блюдо родное. Тесто на чак-чак, как и сироп, делают из лучших продуктов. Где купить в Казани вкусный чак-чак, больше не будет загадкой. Закажите эту татарскую сладость в нашем интернет-магазине. Мы можем сделать и чак-чак на заказ.</t>
+  </si>
+  <si>
     <t>ЧАК ЧАК ТАТАРСКИЙ, 1000гр, (Казанский хлебозавод №3)</t>
   </si>
   <si>
-    <t>Самый вкусный чак-чак могут готовить только там, где хранятся и соблюдаются все традиции, связанные с этим национальным татарским блюдом. Немало туристов и местных жителей признается – самый вкусный чак-чак в Казани. Его приготовление имеет немало тонкостей, о которых могут знать только те, для кого это блюдо родное. Тесто на чак-чак, как и сироп, делают из лучших продуктов. Где купить в Казани вкусный чак-чак, больше не будет загадкой. Закажите эту татарскую сладость в нашем интернет-магазине. Мы можем сделать и чак-чак на заказ.</t>
-[...1 lines deleted...]
-  <si>
     <t>ЧАК ЧАК ТАТАРСКИЙ, 200гр. (Казанский хлебозавод №3)</t>
   </si>
   <si>
     <t>ЧАК ЧАК ТАТАРСКИЙ, 300гр. (Казанский хлебозавод №3)</t>
   </si>
   <si>
     <t>Чак-чак "Казанский Кремль", 600 г, Х/з№3</t>
   </si>
   <si>
-    <t>Чак-чак 6 вкусов, 600гр (Тамле)</t>
-[...1 lines deleted...]
-  <si>
     <t>Чак-чак Ажурный 300гр, (Каз.х/з №3)</t>
   </si>
   <si>
     <t>Чак-чак в пластике, 400гр. (Каз.х/з №3)</t>
   </si>
   <si>
     <t>Чак-чак в пластике, 500гр (Бахетле)</t>
   </si>
   <si>
     <t>Чак-чак в пластике, 500гр. (Каз.х/з №3)</t>
   </si>
   <si>
     <t>Чак-чак в пластике. 800гр. (Каз.х/з №3)</t>
   </si>
   <si>
     <t>Чак-чак в шоколадной глазури, 350гр. (Каз.х/з №3)</t>
   </si>
   <si>
     <t>Настоящий татарский чак-чак, политый шоколадом. Классическая казанская сладость с новым вкусом!</t>
   </si>
   <si>
     <t>Чак-чак классический, 200гр. (Каз.х/з№3)</t>
   </si>
   <si>
     <t>УТОЧНЯЙТЕ НАЛИЧИЕ ДАННОГО ТОВАРА! (В связи с туристическим сезоном может отсутствовать)</t>
@@ -615,66 +549,54 @@
   <si>
     <t>3 вида чак-чака: классический, в темной глазури, в белой глазури.</t>
   </si>
   <si>
     <t>Чак-чак, 150гр (Тамле)</t>
   </si>
   <si>
     <t>Чак-чак, 350гр (Бахетле)</t>
   </si>
   <si>
     <t>Чак-чак, 400гр (Бахетле)</t>
   </si>
   <si>
     <t>Чак-чак, 45гр (Тамле)</t>
   </si>
   <si>
     <t>Вкусный татарский чак-чак в маленькой упаковке. Удобно брать с собой в дорогу, на работу. Отличное решение для детских мероприятий, корпоративных встреч, фуршетов.</t>
   </si>
   <si>
     <t>Чак-чак, 50гр (Бахетле)</t>
   </si>
   <si>
     <t>Сладкий перекус из натурального состава.</t>
   </si>
   <si>
-    <t>Шоколад молочный без сахара, на сиропе топинамбура и кокосовом молоке с малиной, 5 гр постный продукт</t>
-[...4 lines deleted...]
-  <si>
     <t>Шоколад молочный с магнитом Dolche Vita Элитный, 100гр</t>
   </si>
   <si>
     <t>Шоколад с качественными характеристиками премиум-класса. Обладает насыщеным вкусом и ароматом молочного шоколада.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Шоколад на сиропе топинамбура горький – это идеальный выбор для тех, кто следит за своим питанием и предпочитает здоровые сладости. Уникальная формула этого десерта основана на натуральном сиропе топинамбура, который делает его не только вкусным, но и полезным. Этот горький шоколад подходит для веганов и людей, следующих диете, так как не содержит ингредиентов животного происхождения и является постным продуктом.Сладкий вкус в сочетании с легкой горечью делает этот шоколад отличным дополнением к вашему рациону. Он прекрасно утоляет тягу к сладкому, при этом остается легким и незаметным для фигуры. Благодаря натуральному составу, этот продукт может стать отличным выбором для тех, кто заботится о своем здоровье и хочет снизить потребление сахара.Шоколад на сиропе топинамбура отлично подойдет для приготовления различных десертов, добавления в каши или мюсли, а также для перекусов в течение дня. Вы можете наслаждаться им как в чистом виде, так и в сочетании с орехами или сухофруктами. Этот продукт подчеркнет ваши кулинарные эксперименты и станет настоящим открытием для ценителей здорового образа жизни.Покупая его, вы получаете качественный и вкусный шоколад, который не содержит искусственных добавок и консервантов. Постный продукт из топинамбура станет отличным выбором для тех, кто ищет сладости с минимальным воздействием на организм. Возможность насладиться любимым лакомством, оставаясь при этом верным здоровому питанию – что может быть лучше?Если вы склонны к веганству или ищете альтернативу традиционному шоколаду, данный продукт вас приятно удивит. Это отличный способ побаловать себя без угрызений совести и наслаждаться каждой плиткой. Поделитесь им с друзьями и близкими или оставьте себе – в любом случае, вы получите истинное наслаждение от качественного и полезного десерта.</t>
   </si>
   <si>
     <t>Шоколад темный с магнитом Dolche Vita Казань, 100гр</t>
   </si>
   <si>
     <t>Вкус шоколада вперемешку с ароматом кофейных зерен - отличное сочетание к элегантному чаепитию. Сувенирная упаковка и магнит* с изображением красивой белокаменной мечети Казани - Кул-Шариф станут прекрасным решением в качестве подарка из Казани. А также приятным воспоминанием для тех, кто лично побывал в столице Республики Татарстан. Чашечка горячего чая, уютное кресло, фотоальбом путешествия и шоколад... Пусть приятных моментов в жизни станет больше. (*магнит в комплекте.)</t>
   </si>
   <si>
     <t>Шоколад темный с магнитом Dolche Vita Дворец Земледельцев, 100гр</t>
   </si>
   <si>
     <t>Шоколад тёмный десертный ручной работы. Вкус шоколада вперемешку с ароматом кофейных зерен - отличное сочетание к элегантному чаепитию. Сувенирная упаковка и магнит* с изображением достопримечательности - Дворец Земледельцев станут прекрасным решением в качестве подарка из Казани. А также приятным воспоминанием для тех, кто лично побывал в столице Республики Татарстан. Чашечка горячего чая, уютное кресло, фотоальбом путешествия и шоколад... Пусть приятных моментов в жизни станет больше. (*магнит в комплекте.)</t>
   </si>
   <si>
     <t>Шоколад темный с магнитом Dolche Vita Загс Чаша, 100гр</t>
   </si>
   <si>
     <t>Шоколад темный с магнитом Dolche Vita Коллаж Казани, 100гр</t>
   </si>
   <si>
     <t>Шоколад темный с магнитом Dolche Vita Кул-Шариф, 100гр</t>
   </si>
   <si>
     <t>Эликсир для Здоровья "Татарский", 100 мл</t>
   </si>
@@ -754,51 +676,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/046c93c40c4a1e8b6ce484b5929e888a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76feb3fc66c5d233478948da8b56cedd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab220b2392ea87a9d4760135de45044a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92d2ffcef84ea4ea9f754964ced5790c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43815a776e72c95508e1dc678ac87d0c.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/855d10348eff0dfeed814d7483d5c8ac.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a689fea6707a50d6a81a6c5f08e23688.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f275a244b043582e36ede11c60f90d8e.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d6e7dfa0bf16b0d381b68b0bdd1e8d5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ae8ffdb15fe1560ccf23bedce5ade06.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c80caa092713c747ffcf7bc8a95e666.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3379cb5d51572f4c34d40e53d87bd7b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151aba9b586b3169f369f5205928fe93.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45bbe0ca3ba537e8b65066760f2e8a64.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9af0e59e779ed1ec322f18130f7648.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d58824ec6a57ce369b2846df7860eea2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84303aa22104da0475e7cc2b7d031687.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2aa38e96c3ae271fc37e2b8675f5fe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82d320c07bd9742937e5247e7ca01955.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4a1def5a9dcedb72dcab086cd53fb4.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80eb7450f171a1bf41bc8f0b4dbc1f54.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5399144126b221fa7b8804c6e19901db.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c54d8658df4147e569bb8723d52cab6.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa825e57b9a0c05c5dd58ca7cec7df5.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293d9a9e1934f9981017621f4e213574.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95210497570b81d3137e69ffc72cd104.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a96b453826cb954ad367ef338e96d4a1.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d01f9ed4455b33f2bf3a1d646c2919.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f931db43793368520ffaa3c6d5df0d5.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b2656a40ef31dd2d568e194434c2966.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3f015434371d9d81a3f7d6c97ef504b.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e9c7c545c8db810049a1f0a627d4497.JPG"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d369255139888ac3024f34f2b97a9bfe.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/180236e6568c576faae4b4ed62646537.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0d1ff142d7c410d2af9497ecf1f4ce6.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/511e799d62792619d1a8dabaa342faf2.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e078058a7259b81f55746207362bf9c6.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed695eeef355540525c70371d71e414f.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08649c1f2d6d3175ae30e18226354f22.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26d431df67f67e94c0de4b1c5366066f.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f14dd93122562e21a1aa31ffc6d38d3f.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a4efb856fab7d32eef0ea31ce036355.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d61eda2b2dece414a1b63a78e5322b.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1343ef622d6da2d34b97fc85732c19a.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790ed278ee3e8a08e0038d0ba4dc130.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1949fb4cdfa8694773d70704d22f23f.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e968d0f68e547d9c89582911ffdfc100.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e22d24bd43f6911dd565fd4b1b403dc.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e48614d9c325aaf169045c5fce04d2a.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1f3a90fc015b8713642ad0c4392556c.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f2dca62553f9c6299703383846df05.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63b306d0703df9991890ca0782f0b26c.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085acae90451d5bd9f4145071afb2144.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bb8820d7f2513ebfb72d71435633734.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b135e3626d8f4a09b5d282434b32615e.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd5795d5dc10042a8c8b7c3853ce49cf.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e868afbd60897b5d9186fc0ff85fcf.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1269b769ef2f9077ee5e88871d38c447.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81ac3e006a0b11ac5ca5a27364e6c428.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383e2d8e83112dd8790b580ce3f34252.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbf804218081fcd546f417bd8c9bf4f9.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb12975909de0b54ab216226be1cda62.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1012c6c40836604bfe19d44cee588101.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a94630f68debcfbe5ac45c99653bb41.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a18725b2e8e83ddf71c8a1bcec02ce9.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54df10666669171f83a7156989a04956.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fce52420fe81403b28ce9f674e83d2c.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7d09c3373d7dc9e0bafaf568c4a13a.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7df6d903b68bac13349f21f2b11ac30.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f4306894bf86c11cec3bba61a434486.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/216f09acff2a10939b46e35efabf9bfd.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7cfa401f4290d69e3ed80f02e2fee85.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88428634103b04bdfb461f7db3316db8.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fafc3fc31f7f1bdb9a2d1157a0de7c7e.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e39a0db01ba0f2b8b5f21e9debd27f6.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4dfdfaa7296cc4fd9bc6ff44df512d8.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdc1a87ecf84b9b2b0031c1bef9b8ef7.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d8f88fc52799c1eb53cd3d5345caad4.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e14e7aa4d92ab1de3f7a3be99fa06036.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b782e367e4baed1ba7081529f0a1da2d.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f408b91c89e8591fe84746db3b580a1.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76379356289683bd38fd26c8bebeeb01.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064f97e6de6cc45c236c6fc1636d3981.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b65f357955559cab29af207611560f22.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e157adf901dc1d33aefef1001289c98.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c18714d38d034df456418e74c4d578e.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcfd723280fc33508fc6d774d7e6911f.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2f7039b35b3c2e9503d6bebf40a0ac.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af974a2ba70c89718924490f35bb6324.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f0609c53bb19399e75a6111238e6fb.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a7c81fba065f5929375484550950702.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/752c68dc16b45f734fe93099f1486ccf.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cb412fea63e3ed477527eb13faffdde.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cfac45826f65ca4694bd8a505173ffa.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/012e0ce4197d4cb768668c50e3c6c44f.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9b2bc682d5699fb164ea34eef6d7058.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/752c68dc16b45f734fe93099f1486ccf.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec1e348e370302c87b051c70582bbf8.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a7c81fba065f5929375484550950702.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a7c81fba065f5929375484550950702.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11be7c909cbace4c336cebea9c5a4f35.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd9305b5df1b45c4fa75709c38af3ab5.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362e47dae6022e34d6502b9f3e2f3b0a.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d620d296020bcace85a7aab1ff1f44c.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1da75774f2df8530ef01045f015a4849.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2620add7414de3616428207873acb1e4.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63ecdab965eb2b0db377ead1a72d4fb7.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df01fa262e49fb51c6d6fd202ac57c8.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f8d23cd47d0da3edaf429d0f86e86c9.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac1aa48398d03774f5b856dc1bd9ad29.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707465afadc7cb7a29076a634cf59406.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc7f9e1980db54bcdfd988e2112390b4.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7d67056b148a017d8d2b6f923a48a9a.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ec6b286ef7a65eb152e6441efd6fa64.png"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893a27ab3e874cc316549709fbe69e93.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd00fec67c4053d48b41d9d758115e2.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99cd59f618c7bdaee8ef8312f6e4b659.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e3b47d04d156d6053b740e426c90ac.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70fe8b1795b60776fb5be6c5c80bdbf9.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a33d8879da557ccab1dabd6555e85c3.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec9c1ca1db69469105f23e067fa53a82.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9212420948ea93f86d3c75b5b16f239.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2520731edde5c895510f93a3efd7c332.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/746cbda85da1ac9ef369aec0a12025d4.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49b824a5255fa4fa98cce5dc4c61a770.png"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd2bfc70701105e087fb76a9f91cdd9b.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/470cd918c50cb5aa21423aa160675678.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ce81b77dc493a02c1d25f6963fd1243.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/046c93c40c4a1e8b6ce484b5929e888a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76feb3fc66c5d233478948da8b56cedd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab220b2392ea87a9d4760135de45044a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92d2ffcef84ea4ea9f754964ced5790c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43815a776e72c95508e1dc678ac87d0c.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/855d10348eff0dfeed814d7483d5c8ac.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a689fea6707a50d6a81a6c5f08e23688.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ae8ffdb15fe1560ccf23bedce5ade06.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c80caa092713c747ffcf7bc8a95e666.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151aba9b586b3169f369f5205928fe93.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9af0e59e779ed1ec322f18130f7648.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d58824ec6a57ce369b2846df7860eea2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84303aa22104da0475e7cc2b7d031687.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2aa38e96c3ae271fc37e2b8675f5fe.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82d320c07bd9742937e5247e7ca01955.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4a1def5a9dcedb72dcab086cd53fb4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80eb7450f171a1bf41bc8f0b4dbc1f54.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5399144126b221fa7b8804c6e19901db.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c54d8658df4147e569bb8723d52cab6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa825e57b9a0c05c5dd58ca7cec7df5.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293d9a9e1934f9981017621f4e213574.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95210497570b81d3137e69ffc72cd104.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a96b453826cb954ad367ef338e96d4a1.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3f015434371d9d81a3f7d6c97ef504b.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d369255139888ac3024f34f2b97a9bfe.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/180236e6568c576faae4b4ed62646537.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0d1ff142d7c410d2af9497ecf1f4ce6.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e078058a7259b81f55746207362bf9c6.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed695eeef355540525c70371d71e414f.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08649c1f2d6d3175ae30e18226354f22.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26d431df67f67e94c0de4b1c5366066f.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f14dd93122562e21a1aa31ffc6d38d3f.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a4efb856fab7d32eef0ea31ce036355.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d61eda2b2dece414a1b63a78e5322b.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1343ef622d6da2d34b97fc85732c19a.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790ed278ee3e8a08e0038d0ba4dc130.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1949fb4cdfa8694773d70704d22f23f.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e968d0f68e547d9c89582911ffdfc100.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e22d24bd43f6911dd565fd4b1b403dc.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e48614d9c325aaf169045c5fce04d2a.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1f3a90fc015b8713642ad0c4392556c.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63b306d0703df9991890ca0782f0b26c.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085acae90451d5bd9f4145071afb2144.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bb8820d7f2513ebfb72d71435633734.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b135e3626d8f4a09b5d282434b32615e.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd5795d5dc10042a8c8b7c3853ce49cf.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e868afbd60897b5d9186fc0ff85fcf.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1269b769ef2f9077ee5e88871d38c447.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81ac3e006a0b11ac5ca5a27364e6c428.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383e2d8e83112dd8790b580ce3f34252.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbf804218081fcd546f417bd8c9bf4f9.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb12975909de0b54ab216226be1cda62.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1012c6c40836604bfe19d44cee588101.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a94630f68debcfbe5ac45c99653bb41.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a18725b2e8e83ddf71c8a1bcec02ce9.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54df10666669171f83a7156989a04956.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fce52420fe81403b28ce9f674e83d2c.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7d09c3373d7dc9e0bafaf568c4a13a.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7df6d903b68bac13349f21f2b11ac30.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f4306894bf86c11cec3bba61a434486.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/216f09acff2a10939b46e35efabf9bfd.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7cfa401f4290d69e3ed80f02e2fee85.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88428634103b04bdfb461f7db3316db8.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fafc3fc31f7f1bdb9a2d1157a0de7c7e.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e39a0db01ba0f2b8b5f21e9debd27f6.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4dfdfaa7296cc4fd9bc6ff44df512d8.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdc1a87ecf84b9b2b0031c1bef9b8ef7.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b782e367e4baed1ba7081529f0a1da2d.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f408b91c89e8591fe84746db3b580a1.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76379356289683bd38fd26c8bebeeb01.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064f97e6de6cc45c236c6fc1636d3981.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b65f357955559cab29af207611560f22.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e157adf901dc1d33aefef1001289c98.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c18714d38d034df456418e74c4d578e.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcfd723280fc33508fc6d774d7e6911f.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2f7039b35b3c2e9503d6bebf40a0ac.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af974a2ba70c89718924490f35bb6324.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f0609c53bb19399e75a6111238e6fb.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c44c956d41446618e52576f12e4dd7f5.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c21eb6e68644b330a27d4d17de4c00ba.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a7c81fba065f5929375484550950702.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/752c68dc16b45f734fe93099f1486ccf.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cb412fea63e3ed477527eb13faffdde.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cfac45826f65ca4694bd8a505173ffa.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9b2bc682d5699fb164ea34eef6d7058.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/752c68dc16b45f734fe93099f1486ccf.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec1e348e370302c87b051c70582bbf8.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a7c81fba065f5929375484550950702.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a7c81fba065f5929375484550950702.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11be7c909cbace4c336cebea9c5a4f35.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd9305b5df1b45c4fa75709c38af3ab5.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362e47dae6022e34d6502b9f3e2f3b0a.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d620d296020bcace85a7aab1ff1f44c.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1da75774f2df8530ef01045f015a4849.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2620add7414de3616428207873acb1e4.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63ecdab965eb2b0db377ead1a72d4fb7.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df01fa262e49fb51c6d6fd202ac57c8.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f8d23cd47d0da3edaf429d0f86e86c9.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac1aa48398d03774f5b856dc1bd9ad29.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707465afadc7cb7a29076a634cf59406.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc7f9e1980db54bcdfd988e2112390b4.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7d67056b148a017d8d2b6f923a48a9a.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893a27ab3e874cc316549709fbe69e93.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99cd59f618c7bdaee8ef8312f6e4b659.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e3b47d04d156d6053b740e426c90ac.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70fe8b1795b60776fb5be6c5c80bdbf9.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a33d8879da557ccab1dabd6555e85c3.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec9c1ca1db69469105f23e067fa53a82.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9212420948ea93f86d3c75b5b16f239.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2520731edde5c895510f93a3efd7c332.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/746cbda85da1ac9ef369aec0a12025d4.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49b824a5255fa4fa98cce5dc4c61a770.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd2bfc70701105e087fb76a9f91cdd9b.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/470cd918c50cb5aa21423aa160675678.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ce81b77dc493a02c1d25f6963fd1243.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Фото" descr="Бальзам &amp;quot;Рахмат&amp;quot; безалкогольный, 240 мл"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -976,3660 +898,3270 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Фото" descr="Восточный десерт, 240г, Вкуснотеев"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Фото" descr="Деревянные сани (идея для подарка) 30*15*15см"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1371600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Фото" descr="Джиганат, 240гр, постный продукт"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Фото" descr="Конфеты глазированные ассорти,  200гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Фото" descr="Конфеты глазированные ассорти, 300гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Фото" descr="Конфеты глазированные ассорти, 500гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="971550" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Фото" descr="Конфеты Грильяж восточный, 170гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Фото" descr="Конфеты Жемчужина Казани в белой и шоколадной глазури, 300гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Фото" descr="Конфеты Жемчужина Казани, 300гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1219200" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Фото" descr="Конфеты Птичка милая, 100гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1009650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Фото" descr="Лапша домашняя любительская, 130гр (Бахетле)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="666750" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Фото" descr="Лапша домашняя любительская, 400гр (Бахетле)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Фото" descr="Лапша домашняя яичная, 130 гр. (Казанский хлебозавод №3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Фото" descr="Лапша домашняя яичная, 200 гр. (Казанский хлебозавод №3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="Фото" descr="Лапша домашняя яичная, 300 гр. (Казанский хлебозавод №3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1085850" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Фото" descr="Лапша домашняя яичная, 400 гр. (Казанский хлебозавод №3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Фото" descr="Макароны Детские &amp;quot;Мир Джунглей&amp;quot;, Кэмми Казахстан, 250 гр постный продукт"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="733425" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Фото" descr="Мыло Очпочмак сувенирное, 45гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Фото" descr="Мыло Тюбетейка сувенирное, 45гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Фото" descr="Набор игр для новогоднего вечера"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Фото" descr="Натх медовый, 200гр, постный продукт"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Фото" descr="Натх медовый, 350гр, постный продукт"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Фото" descr="Натх медовый, 380 гр постный продукт"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="581025" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Фото" descr="Натх медовый, 500 гр постный продукт"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Фото" descr="Натх медовый, 70гр, постный продукт"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Фото" descr="Пакет бумажный &amp;quot;Гостинцы от Щедрых Татар&amp;quot;, (260*150*350)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Фото" descr="Пакет бумажный &amp;quot;Из Казани Вам Привет&amp;quot;, (260*150*350)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="Фото" descr="Пастила Курага - Чернослив, Казанская, 200 г постный продукт"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="Фото" descr="ПАСТИЛА ФРУКТОВАЯ, АССОРТИ 800гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Фото" descr="Пахлава ассорти, 250гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Фото" descr="Пахлава ассорти, 400гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1076325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Фото" descr="Пахлава гнездо, 200гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Фото" descr="РАХАТ ЛУКУМ &amp;quot;Восточный Дастархан&amp;quot; 500гр постный продукт"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Фото" descr="Сахар САДАКА  130гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Фото" descr="Талкыш калеве, 140гр - t режим. Отправку в города приостановили до ноября."/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="Фото" descr="Талкыш калеве, 70гр - t режим. Отправку в города приостановили до ноября."/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="Фото" descr="Фундук в Меду, 250 гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="Фото" descr="Хворост Царский, 300 г"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="Фото" descr="Хворост Царский, 500 гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="Фото" descr="Чай &amp;quot;1001 Чай&amp;quot; в жестяной книге (зеленая), 75гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="Фото" descr="Чай &amp;quot;1001 Чай&amp;quot; в жестяной книге (синяя), 75гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="Фото" descr="Чай &amp;quot;1001 Чай&amp;quot; в жестяной мини-книге (синяя), 30гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="Фото" descr="Чай &amp;quot;Для Хаера&amp;quot; черный байховый, 50 гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="Фото" descr="Чай в ж/б шкатулке с магнитом &amp;quot;Загс Чаша&amp;quot;, 35 г"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="Фото" descr="Чай ЖБ Шкатулка с магнитом &amp;quot;Казань&amp;quot;,  50гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="Фото" descr="Чай ЖБ Шкатулка с магнитом &amp;quot;Кул-Шариф&amp;quot;, 50гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Фото" descr="Чай ЖБ Шкатулка с магнитом синяя &amp;quot;Болгар&amp;quot;, 50гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="Фото" descr="Чай зеленый &amp;quot;Императорский&amp;quot; повседневный 80г"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="Фото" descr="Чай Зелёный с Имбирем, в пакетиках, 45 г"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="561975" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="Фото" descr="Чай зелёный с травами Матур Премиум, 70гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="Фото" descr="Чай КНИГА Казань (зеленая) 225гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="828675" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="Фото" descr="Чай Садака, 50 гр, коробка"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="Фото" descr="Чай Садака, среднелистовой 100 гр, коробка"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="Фото" descr="Чай черный &amp;quot;Дворец Земледельцев&amp;quot;, с любовью из Татарстана, 40г"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="Фото" descr="Чай черный &amp;quot;Кул Шариф&amp;quot;,  40 г"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="Фото" descr="Чай черный &amp;quot;Нури&amp;quot; листовой 100г"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="Фото" descr="Чай черный &amp;quot;Рахмат&amp;quot; с чабрецом 80"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="Фото" descr="Чай черный &amp;quot;Татарский&amp;quot; с травами 80г"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="Фото" descr="Чай черный &amp;quot;Той&amp;quot; (белая юрта), 30 гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="Фото" descr="Чай черный &amp;quot;Той&amp;quot; в ассортименте юрта 50 г"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="Фото" descr="Чай черный &amp;quot;Энрич&amp;quot; Рахат чай Кул Шариф 100г"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="Фото" descr="Чай черный &amp;quot;Энрич&amp;quot; традиционный 100г"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="542925" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="Фото" descr="Чай черный Имбирный с Куркумой и Лимоном, в пакетиках, 45 г"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="600075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="Фото" descr="Чай черный с травами Байрам Премиум, 70гр."/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="Фото" descr="Чай черный с травами Казанский Премиум, 70гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="Фото" descr="Чай чёрный с травами По-татарски Премиум, 70гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="Фото" descr="Чай чёрный с травами Сабантуй Премиум, 70гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="Фото" descr="Чай черный с травами Ханский Премиум, 70гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="Фото" descr="ЧАК ЧАК  &amp;quot;ПОЗДРАВЛЯЕМ!&amp;quot;, 460 гр (Каз. хлебозавод №3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="Фото" descr="Чак чак &amp;quot;Поздравляем №2&amp;quot; 460г казанкский х/з№3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="Фото" descr="Чак чак в коробке «книжка», 200гр. (Казанский хлебозавод №3) "/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="Фото" descr="Чак чак от Гульчачак 45гр (Тамле)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="Фото" descr="ЧАК ЧАК ТАТАРСКИЙ - ШАРИКИ, 300гр. (Бахетле)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="Фото" descr="ЧАК ЧАК ТАТАРСКИЙ, 1000гр, (Казанский хлебозавод №3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="Фото" descr="ЧАК ЧАК ТАТАРСКИЙ, 200гр. (Казанский хлебозавод №3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="Фото" descr="ЧАК ЧАК ТАТАРСКИЙ, 300гр. (Казанский хлебозавод №3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="Фото" descr="Чак-чак  &amp;quot;Казанский Кремль&amp;quot;, 600 г, Х/з№3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="Фото" descr="Чак-чак Ажурный 300гр, (Каз.х/з №3) "/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="Фото" descr="Чак-чак в пластике, 400гр. (Каз.х/з №3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="Фото" descr="Чак-чак в пластике, 500гр (Бахетле)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Фото" descr="Чак-чак в пластике, 500гр. (Каз.х/з №3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="Фото" descr="Чак-чак в пластике. 800гр. (Каз.х/з №3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="Фото" descr="Чак-чак в шоколадной глазури, 350гр. (Каз.х/з №3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1409700" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="Фото" descr="Чак-чак классический, 200гр. (Каз.х/з№3) "/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="Фото" descr="ЧАК-ЧАК НАБОР №3 МИНИ, 400 гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Фото" descr="Чак-чак с грецким орехом, 200гр. (Каз.х/з №3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="Фото" descr="Чак-чак с кунжутом, 200гр. (Каз.х/з №3) "/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="971550" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="Фото" descr="Чак-чак Сувенирный &amp;quot;Казанский хлебозавод №3&amp;quot;, в круглой коробке, 500 гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="Фото" descr="Чак-чак Шарики 390 гр.(Казанский хлебозавод № 3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Фото" descr="Чак-чак Шарики Ассорти 500гр.(Казанский хлебозавод № 3)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="Фото" descr="Чак-чак, 150гр (Тамле)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="Фото" descr="Чак-чак, 350гр (Бахетле)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="Фото" descr="Чак-чак, 400гр (Бахетле)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="Фото" descr="Чак-чак, 45гр (Тамле)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="Фото" descr="Чак-чак, 50гр (Бахетле)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="Фото" descr="Шоколад молочный с магнитом Dolche Vita Элитный, 100гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="Фото" descr="Шоколад темный с магнитом  Dolche Vita Казань, 100гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="Фото" descr="Шоколад темный с магнитом Dolche Vita Дворец Земледельцев, 100гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="Фото" descr="Шоколад темный с магнитом Dolche Vita Загс Чаша, 100гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="Фото" descr="Шоколад темный с магнитом Dolche Vita Коллаж Казани, 100гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="Фото" descr="Шоколад темный с магнитом Dolche Vita Кул-Шариф, 100гр"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="Фото" descr="Эликсир для Здоровья &amp;quot;Татарский&amp;quot;, 100 мл"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="Фото" descr="Эликсир для здоровья Витаминный &amp;quot;Казанский&amp;quot;, 100 мл"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="561975" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="Фото" descr="Эликсир для здоровья Восстанавливающий &amp;quot;Ханский&amp;quot;, 100 мл"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="Фото" descr="Эликсир для здоровья Очищающий &amp;quot;Матур Сююмбике&amp;quot;, 100 мл"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Фото" descr="Язычки слоеные с грецким орехом, 150гр (Вкуснотеев)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1257300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="Фото" descr="Язычки слоеные с миндалем, 150гр (Вкуснотеев)"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="1200150" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="Фото" descr="Варенье из Сосновых шишек с Апельсином, 3 шт. по 30 г"/>
-[...3209 lines deleted...]
-        <xdr:cNvPr id="115" name="Фото" descr="Шоколад молочный с магнитом Dolche Vita Элитный, 100гр"/>
+        <xdr:cNvPr id="115" name="Фото" descr="Язычки слоеные с фундуком, 150гр (Вкуснотеев)"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
-        <a:stretch>
-[...388 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4896,54 +4428,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E129"/>
+  <dimension ref="A1:E116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D2" sqref="D2:E129"/>
+      <selection activeCell="D2" sqref="D2:E116"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="60" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -5042,1817 +4574,1624 @@
     </row>
     <row r="8" spans="1:5" customHeight="1" ht="90">
       <c r="A8"/>
       <c r="B8" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="2">
         <v>260.0</v>
       </c>
       <c r="E8" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:5" customHeight="1" ht="90">
       <c r="A9"/>
       <c r="B9" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="2">
-        <v>227.0</v>
+        <v>122.0</v>
       </c>
       <c r="E9" s="2">
-        <v>24</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:5" customHeight="1" ht="90">
       <c r="A10"/>
       <c r="B10" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D10" s="2">
-        <v>227.0</v>
+        <v>410.0</v>
       </c>
       <c r="E10" s="2">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:5" customHeight="1" ht="90">
       <c r="A11"/>
       <c r="B11" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="2">
-        <v>122.0</v>
+        <v>227.0</v>
       </c>
       <c r="E11" s="2">
-        <v>69</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:5" customHeight="1" ht="90">
       <c r="A12"/>
       <c r="B12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="2">
-        <v>410.0</v>
+        <v>272.0</v>
       </c>
       <c r="E12" s="2">
-        <v>1</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:5" customHeight="1" ht="90">
       <c r="A13"/>
       <c r="B13" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C13" s="1"/>
       <c r="D13" s="2">
-        <v>72.0</v>
+        <v>371.0</v>
       </c>
       <c r="E13" s="2">
-        <v>50</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:5" customHeight="1" ht="90">
       <c r="A14"/>
       <c r="B14" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="2">
-        <v>216.0</v>
+        <v>385.0</v>
       </c>
       <c r="E14" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:5" customHeight="1" ht="90">
       <c r="A15"/>
       <c r="B15" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="2">
-        <v>104.0</v>
+        <v>203.0</v>
       </c>
       <c r="E15" s="2">
-        <v>98</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:5" customHeight="1" ht="90">
       <c r="A16"/>
       <c r="B16" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="2">
-        <v>252.0</v>
+        <v>332.0</v>
       </c>
       <c r="E16" s="2">
-        <v>19</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:5" customHeight="1" ht="90">
       <c r="A17"/>
       <c r="B17" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="1"/>
       <c r="D17" s="2">
-        <v>343.0</v>
+        <v>332.0</v>
       </c>
       <c r="E17" s="2">
-        <v>61</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:5" customHeight="1" ht="90">
       <c r="A18"/>
       <c r="B18" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="2">
-        <v>357.0</v>
+        <v>142.0</v>
       </c>
       <c r="E18" s="2">
-        <v>50</v>
+        <v>153</v>
       </c>
     </row>
     <row r="19" spans="1:5" customHeight="1" ht="90">
       <c r="A19"/>
       <c r="B19" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D19" s="2">
-        <v>186.0</v>
+        <v>100.0</v>
       </c>
       <c r="E19" s="2">
-        <v>120</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:5" customHeight="1" ht="90">
       <c r="A20"/>
       <c r="B20" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D20" s="2">
-        <v>308.0</v>
+        <v>280.0</v>
       </c>
       <c r="E20" s="2">
-        <v>100</v>
+        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:5" customHeight="1" ht="90">
       <c r="A21"/>
       <c r="B21" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C21" s="1"/>
       <c r="D21" s="2">
-        <v>308.0</v>
+        <v>70.0</v>
       </c>
       <c r="E21" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:5" customHeight="1" ht="90">
       <c r="A22"/>
       <c r="B22" s="1" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="C22" s="1"/>
       <c r="D22" s="2">
-        <v>140.0</v>
+        <v>103.0</v>
       </c>
       <c r="E22" s="2">
-        <v>153</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:5" customHeight="1" ht="90">
       <c r="A23"/>
       <c r="B23" s="1" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="C23" s="1"/>
       <c r="D23" s="2">
-        <v>100.0</v>
+        <v>145.0</v>
       </c>
       <c r="E23" s="2">
-        <v>57</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:5" customHeight="1" ht="90">
       <c r="A24"/>
       <c r="B24" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="C24" s="1"/>
       <c r="D24" s="2">
-        <v>280.0</v>
+        <v>184.0</v>
       </c>
       <c r="E24" s="2">
-        <v>88</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:5" customHeight="1" ht="90">
       <c r="A25"/>
       <c r="B25" s="1" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="C25" s="1"/>
+        <v>46</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>47</v>
+      </c>
       <c r="D25" s="2">
         <v>70.0</v>
       </c>
       <c r="E25" s="2">
-        <v>50</v>
+        <v>81</v>
       </c>
     </row>
     <row r="26" spans="1:5" customHeight="1" ht="90">
       <c r="A26"/>
       <c r="B26" s="1" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="C26" s="1"/>
+        <v>48</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="D26" s="2">
-        <v>103.0</v>
+        <v>100.0</v>
       </c>
       <c r="E26" s="2">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:5" customHeight="1" ht="90">
       <c r="A27"/>
       <c r="B27" s="1" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="C27" s="1"/>
+        <v>50</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>51</v>
+      </c>
       <c r="D27" s="2">
-        <v>145.0</v>
+        <v>100.0</v>
       </c>
       <c r="E27" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:5" customHeight="1" ht="90">
       <c r="A28"/>
       <c r="B28" s="1" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="C28" s="1"/>
+        <v>52</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="D28" s="2">
-        <v>184.0</v>
+        <v>700.0</v>
       </c>
       <c r="E28" s="2">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:5" customHeight="1" ht="90">
       <c r="A29"/>
       <c r="B29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C29" s="1"/>
       <c r="D29" s="2">
-        <v>122.0</v>
+        <v>142.0</v>
       </c>
       <c r="E29" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:5" customHeight="1" ht="90">
       <c r="A30"/>
       <c r="B30" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D30" s="2">
-        <v>115.0</v>
+        <v>265.0</v>
       </c>
       <c r="E30" s="2">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="31" spans="1:5" customHeight="1" ht="90">
       <c r="A31"/>
       <c r="B31" s="1" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D31" s="2">
-        <v>105.0</v>
+        <v>322.0</v>
       </c>
       <c r="E31" s="2">
-        <v>25</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:5" customHeight="1" ht="90">
       <c r="A32"/>
       <c r="B32" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D32" s="2">
-        <v>70.0</v>
+        <v>416.0</v>
       </c>
       <c r="E32" s="2">
-        <v>81</v>
+        <v>3</v>
       </c>
     </row>
     <row r="33" spans="1:5" customHeight="1" ht="90">
       <c r="A33"/>
       <c r="B33" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D33" s="2">
-        <v>83.0</v>
+        <v>57.0</v>
       </c>
       <c r="E33" s="2">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:5" customHeight="1" ht="90">
       <c r="A34"/>
       <c r="B34" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D34" s="2">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="E34" s="2">
-        <v>15</v>
+        <v>123</v>
       </c>
     </row>
     <row r="35" spans="1:5" customHeight="1" ht="90">
       <c r="A35"/>
       <c r="B35" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D35" s="2">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="E35" s="2">
-        <v>100</v>
+        <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:5" customHeight="1" ht="90">
       <c r="A36"/>
       <c r="B36" s="1" t="s">
         <v>67</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
       <c r="D36" s="2">
-        <v>700.0</v>
+        <v>145.0</v>
       </c>
       <c r="E36" s="2">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:5" customHeight="1" ht="90">
       <c r="A37"/>
       <c r="B37" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D37" s="2">
-        <v>893.0</v>
+        <v>448.0</v>
       </c>
       <c r="E37" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:5" customHeight="1" ht="90">
       <c r="A38"/>
       <c r="B38" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D38" s="2">
-        <v>135.0</v>
+        <v>294.0</v>
       </c>
       <c r="E38" s="2">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:5" customHeight="1" ht="90">
       <c r="A39"/>
       <c r="B39" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C39" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" s="2">
-        <v>252.0</v>
+        <v>434.0</v>
       </c>
       <c r="E39" s="2">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="40" spans="1:5" customHeight="1" ht="90">
       <c r="A40"/>
       <c r="B40" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D40" s="2">
-        <v>290.0</v>
+        <v>294.0</v>
       </c>
       <c r="E40" s="2">
-        <v>3</v>
+        <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:5" customHeight="1" ht="90">
       <c r="A41"/>
       <c r="B41" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D41" s="2">
-        <v>370.0</v>
+        <v>240.0</v>
       </c>
       <c r="E41" s="2">
-        <v>3</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:5" customHeight="1" ht="90">
       <c r="A42"/>
       <c r="B42" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C42" s="1"/>
       <c r="D42" s="2">
-        <v>54.0</v>
+        <v>35.0</v>
       </c>
       <c r="E42" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:5" customHeight="1" ht="90">
       <c r="A43"/>
       <c r="B43" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" s="2">
-        <v>50.0</v>
+        <v>193.0</v>
       </c>
       <c r="E43" s="2">
-        <v>123</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:5" customHeight="1" ht="90">
       <c r="A44"/>
       <c r="B44" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" s="2">
-        <v>50.0</v>
+        <v>112.0</v>
       </c>
       <c r="E44" s="2">
-        <v>122</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:5" customHeight="1" ht="90">
       <c r="A45"/>
       <c r="B45" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" s="2">
-        <v>145.0</v>
+        <v>259.0</v>
       </c>
       <c r="E45" s="2">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:5" customHeight="1" ht="90">
       <c r="A46"/>
       <c r="B46" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" s="2">
-        <v>448.0</v>
+        <v>294.0</v>
       </c>
       <c r="E46" s="2">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:5" customHeight="1" ht="90">
       <c r="A47"/>
       <c r="B47" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" s="2">
-        <v>252.0</v>
+        <v>434.0</v>
       </c>
       <c r="E47" s="2">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:5" customHeight="1" ht="90">
       <c r="A48"/>
       <c r="B48" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="2">
-        <v>392.0</v>
+        <v>774.0</v>
       </c>
       <c r="E48" s="2">
-        <v>52</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:5" customHeight="1" ht="90">
       <c r="A49"/>
       <c r="B49" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D49" s="2">
-        <v>252.0</v>
+        <v>774.0</v>
       </c>
       <c r="E49" s="2">
-        <v>47</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:5" customHeight="1" ht="90">
       <c r="A50"/>
       <c r="B50" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D50" s="2">
-        <v>240.0</v>
+        <v>644.0</v>
       </c>
       <c r="E50" s="2">
-        <v>20</v>
+        <v>79</v>
       </c>
     </row>
     <row r="51" spans="1:5" customHeight="1" ht="90">
       <c r="A51"/>
       <c r="B51" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="C51" s="1"/>
+      <c r="C51" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="D51" s="2">
-        <v>35.0</v>
+        <v>52.0</v>
       </c>
       <c r="E51" s="2">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:5" customHeight="1" ht="90">
       <c r="A52"/>
       <c r="B52" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D52" s="2">
-        <v>216.0</v>
+        <v>224.0</v>
       </c>
       <c r="E52" s="2">
-        <v>10</v>
+        <v>121</v>
       </c>
     </row>
     <row r="53" spans="1:5" customHeight="1" ht="90">
       <c r="A53"/>
       <c r="B53" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D53" s="2">
-        <v>193.0</v>
+        <v>451.0</v>
       </c>
       <c r="E53" s="2">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="54" spans="1:5" customHeight="1" ht="90">
       <c r="A54"/>
       <c r="B54" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" s="2">
-        <v>112.0</v>
+        <v>451.0</v>
       </c>
       <c r="E54" s="2">
-        <v>150</v>
+        <v>122</v>
       </c>
     </row>
     <row r="55" spans="1:5" customHeight="1" ht="90">
       <c r="A55"/>
       <c r="B55" s="1" t="s">
         <v>102</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D55" s="2">
-        <v>259.0</v>
+        <v>451.0</v>
       </c>
       <c r="E55" s="2">
-        <v>160</v>
+        <v>79</v>
       </c>
     </row>
     <row r="56" spans="1:5" customHeight="1" ht="90">
       <c r="A56"/>
       <c r="B56" s="1" t="s">
         <v>104</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D56" s="2">
-        <v>294.0</v>
+        <v>79.0</v>
       </c>
       <c r="E56" s="2">
-        <v>5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:5" customHeight="1" ht="90">
       <c r="A57"/>
       <c r="B57" s="1" t="s">
         <v>106</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D57" s="2">
-        <v>434.0</v>
+        <v>188.0</v>
       </c>
       <c r="E57" s="2">
-        <v>10</v>
+        <v>54</v>
       </c>
     </row>
     <row r="58" spans="1:5" customHeight="1" ht="90">
       <c r="A58"/>
       <c r="B58" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C58" s="1"/>
       <c r="D58" s="2">
-        <v>774.0</v>
+        <v>216.0</v>
       </c>
       <c r="E58" s="2">
-        <v>144</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:5" customHeight="1" ht="90">
       <c r="A59"/>
       <c r="B59" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C59" s="1"/>
       <c r="D59" s="2">
-        <v>774.0</v>
+        <v>1302.0</v>
       </c>
       <c r="E59" s="2">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:5" customHeight="1" ht="90">
       <c r="A60"/>
       <c r="B60" s="1" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D60" s="2">
-        <v>644.0</v>
+        <v>40.0</v>
       </c>
       <c r="E60" s="2">
-        <v>79</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:5" customHeight="1" ht="90">
       <c r="A61"/>
       <c r="B61" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D61" s="2">
-        <v>52.0</v>
+        <v>82.0</v>
       </c>
       <c r="E61" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:5" customHeight="1" ht="90">
       <c r="A62"/>
       <c r="B62" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D62" s="2">
-        <v>224.0</v>
+        <v>173.0</v>
       </c>
       <c r="E62" s="2">
-        <v>121</v>
+        <v>4</v>
       </c>
     </row>
     <row r="63" spans="1:5" customHeight="1" ht="90">
       <c r="A63"/>
       <c r="B63" s="1" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="D63" s="2">
-        <v>451.0</v>
+        <v>173.0</v>
       </c>
       <c r="E63" s="2">
-        <v>80</v>
+        <v>2</v>
       </c>
     </row>
     <row r="64" spans="1:5" customHeight="1" ht="90">
       <c r="A64"/>
       <c r="B64" s="1" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D64" s="2">
-        <v>451.0</v>
+        <v>79.0</v>
       </c>
       <c r="E64" s="2">
-        <v>122</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:5" customHeight="1" ht="90">
       <c r="A65"/>
       <c r="B65" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D65" s="2">
-        <v>451.0</v>
+        <v>126.0</v>
       </c>
       <c r="E65" s="2">
-        <v>79</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:5" customHeight="1" ht="90">
       <c r="A66"/>
       <c r="B66" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D66" s="2">
-        <v>79.0</v>
+        <v>126.0</v>
       </c>
       <c r="E66" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:5" customHeight="1" ht="90">
       <c r="A67"/>
       <c r="B67" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D67" s="2">
-        <v>188.0</v>
+        <v>47.0</v>
       </c>
       <c r="E67" s="2">
-        <v>54</v>
+        <v>122</v>
       </c>
     </row>
     <row r="68" spans="1:5" customHeight="1" ht="90">
       <c r="A68"/>
       <c r="B68" s="1" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="C68" s="1"/>
+        <v>125</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>124</v>
+      </c>
       <c r="D68" s="2">
-        <v>216.0</v>
+        <v>52.0</v>
       </c>
       <c r="E68" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:5" customHeight="1" ht="90">
       <c r="A69"/>
       <c r="B69" s="1" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="C69" s="1"/>
+        <v>126</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>127</v>
+      </c>
       <c r="D69" s="2">
-        <v>1302.0</v>
+        <v>133.0</v>
       </c>
       <c r="E69" s="2">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:5" customHeight="1" ht="90">
       <c r="A70"/>
       <c r="B70" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D70" s="2">
-        <v>43.0</v>
+        <v>133.0</v>
       </c>
       <c r="E70" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:5" customHeight="1" ht="90">
       <c r="A71"/>
       <c r="B71" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D71" s="2">
-        <v>83.0</v>
+        <v>188.0</v>
       </c>
       <c r="E71" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:5" customHeight="1" ht="90">
       <c r="A72"/>
       <c r="B72" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72" s="2">
-        <v>173.0</v>
+        <v>237.0</v>
       </c>
       <c r="E72" s="2">
-        <v>4</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:5" customHeight="1" ht="90">
       <c r="A73"/>
       <c r="B73" s="1" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="C73" s="1"/>
       <c r="D73" s="2">
-        <v>173.0</v>
+        <v>216.0</v>
       </c>
       <c r="E73" s="2">
-        <v>2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:5" customHeight="1" ht="90">
       <c r="A74"/>
       <c r="B74" s="1" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="C74" s="1"/>
       <c r="D74" s="2">
-        <v>79.0</v>
+        <v>237.0</v>
       </c>
       <c r="E74" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:5" customHeight="1" ht="90">
       <c r="A75"/>
       <c r="B75" s="1" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="C75" s="1"/>
       <c r="D75" s="2">
-        <v>126.0</v>
+        <v>216.0</v>
       </c>
       <c r="E75" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:5" customHeight="1" ht="90">
       <c r="A76"/>
       <c r="B76" s="1" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="C76" s="1"/>
       <c r="D76" s="2">
-        <v>126.0</v>
+        <v>216.0</v>
       </c>
       <c r="E76" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:5" customHeight="1" ht="90">
       <c r="A77"/>
       <c r="B77" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="D77" s="2">
-        <v>47.0</v>
+        <v>860.0</v>
       </c>
       <c r="E77" s="2">
-        <v>122</v>
+        <v>89</v>
       </c>
     </row>
     <row r="78" spans="1:5" customHeight="1" ht="90">
       <c r="A78"/>
       <c r="B78" s="1" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D78" s="2">
-        <v>52.0</v>
+        <v>860.0</v>
       </c>
       <c r="E78" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:5" customHeight="1" ht="90">
       <c r="A79"/>
       <c r="B79" s="1" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D79" s="2">
-        <v>98.0</v>
+        <v>222.0</v>
       </c>
       <c r="E79" s="2">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:5" customHeight="1" ht="90">
       <c r="A80"/>
       <c r="B80" s="1" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="C80" s="1"/>
       <c r="D80" s="2">
-        <v>95.0</v>
+        <v>33.0</v>
       </c>
       <c r="E80" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:5" customHeight="1" ht="90">
       <c r="A81"/>
       <c r="B81" s="1" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="D81" s="2">
-        <v>133.0</v>
+        <v>260.0</v>
       </c>
       <c r="E81" s="2">
-        <v>100</v>
+        <v>79</v>
       </c>
     </row>
     <row r="82" spans="1:5" customHeight="1" ht="90">
       <c r="A82"/>
       <c r="B82" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="D82" s="2">
-        <v>133.0</v>
+        <v>787.0</v>
       </c>
       <c r="E82" s="2">
-        <v>100</v>
+        <v>117</v>
       </c>
     </row>
     <row r="83" spans="1:5" customHeight="1" ht="90">
       <c r="A83"/>
       <c r="B83" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="D83" s="2">
-        <v>188.0</v>
+        <v>176.0</v>
       </c>
       <c r="E83" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:5" customHeight="1" ht="90">
       <c r="A84"/>
       <c r="B84" s="1" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="D84" s="2">
-        <v>237.0</v>
+        <v>252.0</v>
       </c>
       <c r="E84" s="2">
-        <v>100</v>
+        <v>64</v>
       </c>
     </row>
     <row r="85" spans="1:5" customHeight="1" ht="90">
       <c r="A85"/>
       <c r="B85" s="1" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="2">
-        <v>216.0</v>
+        <v>791.0</v>
       </c>
       <c r="E85" s="2">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="86" spans="1:5" customHeight="1" ht="90">
       <c r="A86"/>
       <c r="B86" s="1" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="2">
-        <v>237.0</v>
+        <v>420.0</v>
       </c>
       <c r="E86" s="2">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="87" spans="1:5" customHeight="1" ht="90">
       <c r="A87"/>
       <c r="B87" s="1" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="C87" s="1"/>
+        <v>151</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>145</v>
+      </c>
       <c r="D87" s="2">
-        <v>216.0</v>
+        <v>328.0</v>
       </c>
       <c r="E87" s="2">
-        <v>100</v>
+        <v>252</v>
       </c>
     </row>
     <row r="88" spans="1:5" customHeight="1" ht="90">
       <c r="A88"/>
       <c r="B88" s="1" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="C88" s="1"/>
+        <v>152</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>145</v>
+      </c>
       <c r="D88" s="2">
-        <v>216.0</v>
+        <v>427.0</v>
       </c>
       <c r="E88" s="2">
-        <v>100</v>
+        <v>87</v>
       </c>
     </row>
     <row r="89" spans="1:5" customHeight="1" ht="90">
       <c r="A89"/>
       <c r="B89" s="1" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="D89" s="2">
-        <v>860.0</v>
+        <v>409.0</v>
       </c>
       <c r="E89" s="2">
-        <v>89</v>
+        <v>224</v>
       </c>
     </row>
     <row r="90" spans="1:5" customHeight="1" ht="90">
       <c r="A90"/>
       <c r="B90" s="1" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>163</v>
+        <v>145</v>
       </c>
       <c r="D90" s="2">
-        <v>860.0</v>
+        <v>651.0</v>
       </c>
       <c r="E90" s="2">
-        <v>100</v>
+        <v>365</v>
       </c>
     </row>
     <row r="91" spans="1:5" customHeight="1" ht="90">
       <c r="A91"/>
       <c r="B91" s="1" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="D91" s="2">
-        <v>222.0</v>
+        <v>322.0</v>
       </c>
       <c r="E91" s="2">
-        <v>200</v>
+        <v>363</v>
       </c>
     </row>
     <row r="92" spans="1:5" customHeight="1" ht="90">
       <c r="A92"/>
       <c r="B92" s="1" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="D92" s="2">
-        <v>787.0</v>
+        <v>194.0</v>
       </c>
       <c r="E92" s="2">
-        <v>117</v>
+        <v>165</v>
       </c>
     </row>
     <row r="93" spans="1:5" customHeight="1" ht="90">
       <c r="A93"/>
       <c r="B93" s="1" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="C93" s="1"/>
       <c r="D93" s="2">
-        <v>176.0</v>
+        <v>179.0</v>
       </c>
       <c r="E93" s="2">
-        <v>100</v>
+        <v>88</v>
       </c>
     </row>
     <row r="94" spans="1:5" customHeight="1" ht="90">
       <c r="A94"/>
       <c r="B94" s="1" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="D94" s="2">
-        <v>252.0</v>
+        <v>279.0</v>
       </c>
       <c r="E94" s="2">
-        <v>64</v>
+        <v>255</v>
       </c>
     </row>
     <row r="95" spans="1:5" customHeight="1" ht="90">
       <c r="A95"/>
       <c r="B95" s="1" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="C95" s="1"/>
+        <v>162</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="D95" s="2">
-        <v>791.0</v>
+        <v>214.0</v>
       </c>
       <c r="E95" s="2">
-        <v>96</v>
+        <v>83</v>
       </c>
     </row>
     <row r="96" spans="1:5" customHeight="1" ht="90">
       <c r="A96"/>
       <c r="B96" s="1" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="C96" s="1"/>
+        <v>164</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>165</v>
+      </c>
       <c r="D96" s="2">
-        <v>363.0</v>
+        <v>811.0</v>
       </c>
       <c r="E96" s="2">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="97" spans="1:5" customHeight="1" ht="90">
       <c r="A97"/>
       <c r="B97" s="1" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="C97" s="1"/>
+        <v>166</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>167</v>
+      </c>
       <c r="D97" s="2">
-        <v>420.0</v>
+        <v>453.0</v>
       </c>
       <c r="E97" s="2">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="98" spans="1:5" customHeight="1" ht="90">
       <c r="A98"/>
       <c r="B98" s="1" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D98" s="2">
-        <v>328.0</v>
+        <v>518.0</v>
       </c>
       <c r="E98" s="2">
-        <v>252</v>
+        <v>125</v>
       </c>
     </row>
     <row r="99" spans="1:5" customHeight="1" ht="90">
       <c r="A99"/>
       <c r="B99" s="1" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="C99" s="1"/>
       <c r="D99" s="2">
-        <v>315.0</v>
+        <v>76.0</v>
       </c>
       <c r="E99" s="2">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="100" spans="1:5" customHeight="1" ht="90">
       <c r="A100"/>
       <c r="B100" s="1" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>167</v>
+        <v>145</v>
       </c>
       <c r="D100" s="2">
-        <v>409.0</v>
+        <v>294.0</v>
       </c>
       <c r="E100" s="2">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:5" customHeight="1" ht="90">
       <c r="A101"/>
       <c r="B101" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>167</v>
+        <v>145</v>
       </c>
       <c r="D101" s="2">
-        <v>651.0</v>
+        <v>364.0</v>
       </c>
       <c r="E101" s="2">
-        <v>365</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:5" customHeight="1" ht="90">
       <c r="A102"/>
       <c r="B102" s="1" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D102" s="2">
-        <v>322.0</v>
+        <v>28.0</v>
       </c>
       <c r="E102" s="2">
-        <v>363</v>
+        <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:5" customHeight="1" ht="90">
       <c r="A103"/>
       <c r="B103" s="1" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D103" s="2">
-        <v>194.0</v>
+        <v>37.0</v>
       </c>
       <c r="E103" s="2">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:5" customHeight="1" ht="90">
       <c r="A104"/>
       <c r="B104" s="1" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="C104" s="1"/>
+        <v>177</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>178</v>
+      </c>
       <c r="D104" s="2">
-        <v>179.0</v>
+        <v>258.0</v>
       </c>
       <c r="E104" s="2">
-        <v>88</v>
+        <v>123</v>
       </c>
     </row>
     <row r="105" spans="1:5" customHeight="1" ht="90">
       <c r="A105"/>
       <c r="B105" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D105" s="2">
-        <v>279.0</v>
+        <v>258.0</v>
       </c>
       <c r="E105" s="2">
-        <v>255</v>
+        <v>110</v>
       </c>
     </row>
     <row r="106" spans="1:5" customHeight="1" ht="90">
       <c r="A106"/>
       <c r="B106" s="1" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D106" s="2">
-        <v>214.0</v>
+        <v>258.0</v>
       </c>
       <c r="E106" s="2">
-        <v>83</v>
+        <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:5" customHeight="1" ht="90">
       <c r="A107"/>
       <c r="B107" s="1" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="D107" s="2">
-        <v>811.0</v>
+        <v>258.0</v>
       </c>
       <c r="E107" s="2">
-        <v>80</v>
+        <v>122</v>
       </c>
     </row>
     <row r="108" spans="1:5" customHeight="1" ht="90">
       <c r="A108"/>
       <c r="B108" s="1" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="D108" s="2">
-        <v>453.0</v>
+        <v>258.0</v>
       </c>
       <c r="E108" s="2">
-        <v>125</v>
+        <v>102</v>
       </c>
     </row>
     <row r="109" spans="1:5" customHeight="1" ht="90">
       <c r="A109"/>
       <c r="B109" s="1" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="D109" s="2">
-        <v>518.0</v>
+        <v>258.0</v>
       </c>
       <c r="E109" s="2">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:5" customHeight="1" ht="90">
       <c r="A110"/>
       <c r="B110" s="1" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="C110" s="1"/>
+        <v>186</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>187</v>
+      </c>
       <c r="D110" s="2">
-        <v>70.0</v>
+        <v>186.0</v>
       </c>
       <c r="E110" s="2">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:5" customHeight="1" ht="90">
       <c r="A111"/>
       <c r="B111" s="1" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>167</v>
+        <v>189</v>
       </c>
       <c r="D111" s="2">
-        <v>226.0</v>
+        <v>186.0</v>
       </c>
       <c r="E111" s="2">
-        <v>2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:5" customHeight="1" ht="90">
       <c r="A112"/>
       <c r="B112" s="1" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>167</v>
+        <v>191</v>
       </c>
       <c r="D112" s="2">
-        <v>268.0</v>
+        <v>186.0</v>
       </c>
       <c r="E112" s="2">
-        <v>2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:5" customHeight="1" ht="90">
       <c r="A113"/>
       <c r="B113" s="1" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D113" s="2">
-        <v>26.0</v>
+        <v>186.0</v>
       </c>
       <c r="E113" s="2">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:5" customHeight="1" ht="90">
       <c r="A114"/>
       <c r="B114" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D114" s="2">
-        <v>36.0</v>
+        <v>95.0</v>
       </c>
       <c r="E114" s="2">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:5" customHeight="1" ht="90">
       <c r="A115"/>
       <c r="B115" s="1" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D115" s="2">
-        <v>140.0</v>
+        <v>95.0</v>
       </c>
       <c r="E115" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:5" customHeight="1" ht="90">
       <c r="A116"/>
       <c r="B116" s="1" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="D116" s="2">
-        <v>258.0</v>
+        <v>95.0</v>
       </c>
       <c r="E116" s="2">
-        <v>123</v>
-[...193 lines deleted...]
-      <c r="E129" s="2">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>